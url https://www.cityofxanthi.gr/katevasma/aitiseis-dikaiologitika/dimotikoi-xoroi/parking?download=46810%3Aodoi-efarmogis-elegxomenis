--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -1,82 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{EB92897D-4083-4D16-A240-0A8B78F2E1DE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0FEDFA4A-B94E-44BB-91C8-954DD5A6FF74}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{7C5E59D1-A644-4D01-840C-C3AE67334208}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{7C5E59D1-A644-4D01-840C-C3AE67334208}"/>
   </bookViews>
   <sheets>
     <sheet name="Φύλλο1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105" uniqueCount="60">
   <si>
     <t>ΖΩΝΗ</t>
   </si>
   <si>
     <t>ΟΔΟΣ</t>
   </si>
   <si>
     <t>ΜΕΤΑΞΥ ΤΗΣ ΟΔΟΥ</t>
   </si>
   <si>
     <t>ΚΑΙ ΤΗΣ ΟΔΟΥ</t>
   </si>
   <si>
     <t>Α</t>
   </si>
   <si>
     <t>28ης ΟΚΤΩΒΡΙΟΥ</t>
   </si>
   <si>
     <t>ΠΛ. ΕΛΕΥΘΕΡΙΑΣ</t>
   </si>
   <si>
     <t>ΠΛ.ΔΗΜΟΚΡΑΤΙΑΣ</t>
   </si>
   <si>
@@ -229,50 +230,53 @@
     <t>ΑΓ.ΒΛΑΣΙΟΥ-ΚΟΝΙΤΣΗΣ</t>
   </si>
   <si>
     <t>ΜΙΧ.ΒΟΓΔΟΥ</t>
   </si>
   <si>
     <t>ΚΟΥΓΙΟΥΜΤΖΟΓΛΟΥ</t>
   </si>
   <si>
     <t>ΣΜΥΡΝΗΣ</t>
   </si>
   <si>
     <t>ΣΤΑΘΜΟΥ</t>
   </si>
   <si>
     <t>ΥΔΡΑΣ</t>
   </si>
   <si>
     <t>ΧΑΤΖΗΣΤΑΥΡΟΥ</t>
   </si>
   <si>
     <t>ΟΔΟΙ ΕΛΕΓΧΟΜΕΝΗΣ ΣΤΑΘΜΕΥΣΗΣ ΜΟΝΙΜΩΝ ΚΑΤΟΙΚΩΝ</t>
   </si>
   <si>
     <t>ΟΔΟΙ ΕΛΕΓΧΟΜΕΝΗΣ ΣΤΑΘΜΕΥΣΗΣ</t>
+  </si>
+  <si>
+    <t>ΑΝ. ΔΗΜΗΤΡΙΟΥ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="161"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF5E5A5A"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF5E5A5A"/>
@@ -315,90 +319,89 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Κανονικό" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Θέμα του Office">
@@ -693,339 +696,346 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BB676546-DF7C-456F-ACF2-7E6F75C2CAA0}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
   <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G22" sqref="G22"/>
+      <selection activeCell="F19" sqref="F19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="7.85546875" style="9" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="4" width="26.7109375" style="9" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="7.85546875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="30.42578125" customWidth="1"/>
+    <col min="3" max="4" width="26.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="18" x14ac:dyDescent="0.25">
-      <c r="A1" s="10" t="s">
+      <c r="A1" s="13" t="s">
         <v>58</v>
       </c>
-      <c r="B1" s="10"/>
-[...1 lines deleted...]
-      <c r="D1" s="10"/>
+      <c r="B1" s="13"/>
+      <c r="C1" s="13"/>
+      <c r="D1" s="13"/>
     </row>
     <row r="2" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="12" t="s">
+      <c r="A3" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="12" t="s">
+      <c r="A4" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="12" t="s">
+      <c r="A5" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="12" t="s">
+      <c r="A6" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>13</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="12" t="s">
+      <c r="A7" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="12" t="s">
+      <c r="A8" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>18</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="12" t="s">
+      <c r="A9" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="12" t="s">
+      <c r="A10" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>22</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6"/>
     </row>
     <row r="11" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="12" t="s">
+      <c r="A11" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="12" t="s">
+      <c r="A12" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="12" t="s">
+      <c r="A13" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="12" t="s">
+      <c r="A14" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="12" t="s">
+      <c r="A15" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A16" s="12" t="s">
+      <c r="A16" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="12" t="s">
+      <c r="A17" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6"/>
     </row>
     <row r="18" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="12" t="s">
+      <c r="A18" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>21</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A19" s="13" t="s">
+      <c r="A19" s="10" t="s">
         <v>33</v>
       </c>
       <c r="B19" s="7" t="s">
         <v>34</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A20" s="14"/>
+      <c r="A20" s="11"/>
       <c r="B20" s="5" t="s">
         <v>35</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>37</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="8"/>
     </row>
     <row r="22" spans="1:4" ht="18" x14ac:dyDescent="0.25">
-      <c r="A22" s="11" t="s">
+      <c r="A22" s="12" t="s">
         <v>57</v>
       </c>
-      <c r="B22" s="11"/>
-[...1 lines deleted...]
-      <c r="D22" s="11"/>
+      <c r="B22" s="12"/>
+      <c r="C22" s="12"/>
+      <c r="D22" s="12"/>
     </row>
     <row r="23" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B23" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="24" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B24" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B25" s="2" t="s">
@@ -1038,51 +1048,51 @@
         <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B26" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="27" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B27" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="28" spans="1:4" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B28" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="30" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B30" s="2" t="s">
         <v>52</v>
       </c>
@@ -1113,65 +1123,68 @@
     </row>
     <row r="33" spans="2:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B33" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
     </row>
     <row r="34" spans="2:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B34" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A19:A20"/>
     <mergeCell ref="A22:D22"/>
     <mergeCell ref="A1:D1"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="95" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Φύλλα εργασίας</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Φύλλο1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>kk</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>